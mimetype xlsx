--- v0 (2025-10-21)
+++ v1 (2026-03-19)
@@ -2,55 +2,55 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vkatalenic\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dradas\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12870"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28530" windowHeight="9810"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$G$87</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="176">
   <si>
     <t>LUČKA UPRAVA</t>
   </si>
   <si>
     <t>RAVNATELJ</t>
   </si>
   <si>
@@ -290,53 +290,50 @@
   <si>
     <t>Županijska lučka uprava Zadar</t>
   </si>
   <si>
     <t>Županijska lučka uprava Dubrovnik</t>
   </si>
   <si>
     <t>Lučka uprava Umag-Novigrad</t>
   </si>
   <si>
     <t>Lučka uprava Pula</t>
   </si>
   <si>
     <t>http://www.lup.hr/</t>
   </si>
   <si>
     <t>052 383 160</t>
   </si>
   <si>
     <t>info@lup.hr</t>
   </si>
   <si>
     <t>Denis Vukorepa</t>
   </si>
   <si>
-    <t>Antonela Mohorović Kožuh</t>
-[...1 lines deleted...]
-  <si>
     <t>Lučka uprava Rabac</t>
   </si>
   <si>
     <t>https://lu-rabac.hr/</t>
   </si>
   <si>
     <t>052 872 160</t>
   </si>
   <si>
     <t>info@lu-rabac.hr</t>
   </si>
   <si>
     <t>52221 Rabac,Obala M. Tita 47c</t>
   </si>
   <si>
     <t>052 814 166</t>
   </si>
   <si>
     <t>info@port-rovinj.hr</t>
   </si>
   <si>
     <t>Lučka uprava Rovinj</t>
   </si>
   <si>
     <t>https://port-rovinj.hr/</t>
@@ -380,89 +377,83 @@
   <si>
     <t>051 241 577</t>
   </si>
   <si>
     <t>info@zlu-crikvenica.hr</t>
   </si>
   <si>
     <t>Županijska lučka uprava Bakar-Kraljevica-Kostrena</t>
   </si>
   <si>
     <t>https://www.zlu-bakar-kraljevica.hr/</t>
   </si>
   <si>
     <t>051 281 122</t>
   </si>
   <si>
     <t>info@zlu-bakar-kraljevica.hr</t>
   </si>
   <si>
     <t>051 271 797</t>
   </si>
   <si>
     <t>info@portopatija.hr</t>
   </si>
   <si>
-    <t>Dijana Mihaljević</t>
-[...1 lines deleted...]
-  <si>
     <t>Mario Kružić</t>
   </si>
   <si>
     <t>https://www.zluk.hr/</t>
   </si>
   <si>
     <t>Županijska lučka uprava Krk</t>
   </si>
   <si>
     <t>051 220 165</t>
   </si>
   <si>
     <t>info@zluk.hr</t>
   </si>
   <si>
     <t>Županijska lučka uprava Cres</t>
   </si>
   <si>
     <t>http://www.zlu-cres.hr/</t>
   </si>
   <si>
     <t>051 572 114</t>
   </si>
   <si>
     <t>lucka-uprava-cres@ri.t-com.hr</t>
   </si>
   <si>
     <t>51557 Cres, Cons 11/II</t>
   </si>
   <si>
     <t>Županijska lučka uprava Mali Lošinj</t>
   </si>
   <si>
-    <t>Filip Balija</t>
-[...1 lines deleted...]
-  <si>
     <t>051 232 020</t>
   </si>
   <si>
     <t>info@luckauprava-losinj.hr</t>
   </si>
   <si>
     <t>http://www.luckauprava-losinj.hr/</t>
   </si>
   <si>
     <t>Nenad Debelić</t>
   </si>
   <si>
     <t>Županijska lučka uprava Rab</t>
   </si>
   <si>
     <t>051 725 938</t>
   </si>
   <si>
     <t>info@zlu-rab.hr</t>
   </si>
   <si>
     <t>http://www.zlu-rab.hr/</t>
   </si>
   <si>
     <t>51280 Rab, Obala kralja Petra Krešimira IV/7</t>
@@ -555,50 +546,59 @@
     <t>Alfred Franković</t>
   </si>
   <si>
     <t>Tomislav Kustić</t>
   </si>
   <si>
     <t>Ante Stipić</t>
   </si>
   <si>
     <t>Rudolf Marić</t>
   </si>
   <si>
     <t>https://www.portopatija.hr/</t>
   </si>
   <si>
     <t>DRŽAVNA LUČKA UPRAVA</t>
   </si>
   <si>
     <t>ŽUPANIJSKA LUČKA UPRAVA</t>
   </si>
   <si>
     <t>Edi Štifanić</t>
   </si>
   <si>
     <t>v.d. Ravnatelja Zrinka Kulušić</t>
+  </si>
+  <si>
+    <t>Mario Franković</t>
+  </si>
+  <si>
+    <t>Renato Oblak</t>
+  </si>
+  <si>
+    <t>Marko Čičin-Šain</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF424242"/>
       <name val="Lucida Sans Unicode"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
@@ -914,180 +914,180 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="1" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="12" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="12" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="13" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="13" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="13" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="1" fontId="12" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="12" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="12" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...121 lines deleted...]
-    <xf numFmtId="1" fontId="12" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hiperveza" xfId="1" builtinId="8"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1330,1685 +1330,1685 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://luskz.hr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@cpa-zadar.hr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lup.hr" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.portopatija.hr/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ludnz.hr" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zlu-crikvenica.hr/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zlu-cres.hr/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zlu-rab.hr/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lucka-uprava-novalja.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lu-rabac.hr/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portsplit.hr/dobrodosli/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.portdubrovnik.hr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpa-zadar.hr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lup.hr/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucka-uprava-novi-vinodolski@ri.t-com.hr" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@portopatija.hr" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zlu-rab.hr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.port-authority-zadar.hr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ludnz.hr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ravnatelj@zlud.hr" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://port-rovinj.hr/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zluk.hr" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zluvl.hr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.portauthority.hr/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@portauthority-sibenik.hr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:padubrovnik@portdubrovnik.hr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://luun.hr/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://zlu-novi-vinodolski.hr/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zlu-bakar-kraljevica.hr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zluk.hr/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.luckauprava-losinj.hr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zluvl.hr/hr/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.portauthority-sibenik.hr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lusdz.hr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@luun.hr" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@port-rovinj.hr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zlu-bakar-kraljevica.hr/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lucka-uprava-novalja.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppa@ppa.hr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zlu-dubrovnik.hr/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.porec-port.com/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@luckauprava-losinj.hr" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portkorcula.eu/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rijeka.gateway@portauthority.hr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ppa.hr/hr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@luskz.hr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lucka-uprava-sdz.hr/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lu-rabac.hr" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@porec-port.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zlu-crikvenica.hr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucka-uprava-cres@ri.t-com.hr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lucka-uprava-senj.hr/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lusplit@portsplit.hr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zlu.korcula@hi.t-com.hr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@port-authority-zadar.hr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://luskz.hr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@cpa-zadar.hr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lup.hr" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.portopatija.hr/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@ludnz.hr" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zlu-crikvenica.hr/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zlu-cres.hr/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zlu-rab.hr/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lucka-uprava-novalja.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lu-rabac.hr/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portsplit.hr/dobrodosli/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.port-authority-zadar.hr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ludnz.hr/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://port-rovinj.hr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:padubrovnik@portdubrovnik.hr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://luun.hr/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://zlu-novi-vinodolski.hr/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zlu-bakar-kraljevica.hr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zluk.hr/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.luckauprava-losinj.hr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zluvl.hr/hr/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.portauthority-sibenik.hr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppa@ppa.hr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zlu-dubrovnik.hr/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.porec-port.com/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@luckauprava-losinj.hr" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portkorcula.eu/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rijeka.gateway@portauthority.hr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ppa.hr/hr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@luskz.hr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lucka-uprava-sdz.hr/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lu-rabac.hr" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@porec-port.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zlu-crikvenica.hr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucka-uprava-cres@ri.t-com.hr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lucka-uprava-senj.hr/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lusplit@portsplit.hr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zlu.korcula@hi.t-com.hr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@port-authority-zadar.hr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.portdubrovnik.hr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpa-zadar.hr/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lup.hr/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucka-uprava-novi-vinodolski@ri.t-com.hr" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@portopatija.hr" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zlu-rab.hr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ravnatelj@zlud.hr" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zluk.hr" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zluvl.hr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.portauthority.hr/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@portauthority-sibenik.hr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@lusdz.hr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@luun.hr" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@port-rovinj.hr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zlu-bakar-kraljevica.hr/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lucka-uprava-novalja.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K97"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F19" sqref="F19:F21"/>
+    <sheetView tabSelected="1" topLeftCell="A28" workbookViewId="0">
+      <selection activeCell="F40" sqref="F40:F42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.28515625" style="21" customWidth="1"/>
     <col min="2" max="2" width="15.42578125" style="21" customWidth="1"/>
     <col min="3" max="3" width="41.7109375" customWidth="1"/>
     <col min="4" max="4" width="44.42578125" customWidth="1"/>
     <col min="5" max="5" width="48.5703125" customWidth="1"/>
     <col min="6" max="6" width="25.140625" style="25" customWidth="1"/>
     <col min="7" max="7" width="23.85546875" style="4" customWidth="1"/>
     <col min="8" max="8" width="32.42578125" style="6" customWidth="1"/>
     <col min="9" max="9" width="10.140625" customWidth="1"/>
     <col min="10" max="10" width="12.42578125" customWidth="1"/>
     <col min="11" max="11" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="26"/>
-[...1 lines deleted...]
-      <c r="C1" s="34" t="s">
+      <c r="A1" s="67"/>
+      <c r="B1" s="27"/>
+      <c r="C1" s="35" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="34" t="s">
+      <c r="D1" s="35" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="34" t="s">
+      <c r="E1" s="35" t="s">
         <v>73</v>
       </c>
-      <c r="F1" s="29" t="s">
+      <c r="F1" s="36" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="34" t="s">
+      <c r="G1" s="35" t="s">
         <v>33</v>
       </c>
-      <c r="H1" s="34" t="s">
+      <c r="H1" s="35" t="s">
         <v>34</v>
       </c>
       <c r="I1" s="19"/>
       <c r="J1" s="19"/>
       <c r="K1" s="8"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A2" s="27"/>
-[...6 lines deleted...]
-      <c r="H2" s="34"/>
+      <c r="A2" s="68"/>
+      <c r="B2" s="28"/>
+      <c r="C2" s="35"/>
+      <c r="D2" s="35"/>
+      <c r="E2" s="35"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="35"/>
+      <c r="H2" s="35"/>
       <c r="I2" s="19"/>
       <c r="J2" s="19"/>
       <c r="K2" s="8"/>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A3" s="28"/>
-[...6 lines deleted...]
-      <c r="H3" s="34"/>
+      <c r="A3" s="69"/>
+      <c r="B3" s="29"/>
+      <c r="C3" s="35"/>
+      <c r="D3" s="35"/>
+      <c r="E3" s="35"/>
+      <c r="F3" s="36"/>
+      <c r="G3" s="35"/>
+      <c r="H3" s="35"/>
       <c r="I3" s="19"/>
       <c r="J3" s="19"/>
       <c r="K3" s="8"/>
     </row>
     <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="30">
+      <c r="A4" s="63">
         <v>1</v>
       </c>
-      <c r="B4" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="45" t="s">
+      <c r="B4" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C4" s="56" t="s">
         <v>67</v>
       </c>
-      <c r="D4" s="32" t="s">
+      <c r="D4" s="57" t="s">
         <v>3</v>
       </c>
-      <c r="E4" s="47" t="s">
+      <c r="E4" s="58" t="s">
         <v>30</v>
       </c>
-      <c r="F4" s="32" t="s">
+      <c r="F4" s="57" t="s">
         <v>86</v>
       </c>
-      <c r="G4" s="38" t="s">
+      <c r="G4" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="H4" s="46" t="s">
+      <c r="H4" s="53" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="10"/>
       <c r="J4" s="10"/>
       <c r="K4" s="8"/>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="30"/>
-[...6 lines deleted...]
-      <c r="H5" s="46"/>
+      <c r="A5" s="63"/>
+      <c r="B5" s="26"/>
+      <c r="C5" s="56"/>
+      <c r="D5" s="57"/>
+      <c r="E5" s="58"/>
+      <c r="F5" s="57"/>
+      <c r="G5" s="30"/>
+      <c r="H5" s="53"/>
       <c r="I5" s="10"/>
       <c r="J5" s="10"/>
       <c r="K5" s="8"/>
     </row>
     <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="31"/>
-[...6 lines deleted...]
-      <c r="H6" s="46"/>
+      <c r="A6" s="64"/>
+      <c r="B6" s="26"/>
+      <c r="C6" s="56"/>
+      <c r="D6" s="57"/>
+      <c r="E6" s="58"/>
+      <c r="F6" s="57"/>
+      <c r="G6" s="30"/>
+      <c r="H6" s="53"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="8"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A7" s="33">
+      <c r="A7" s="62">
         <v>2</v>
       </c>
-      <c r="B7" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="35" t="s">
+      <c r="B7" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C7" s="55" t="s">
         <v>68</v>
       </c>
-      <c r="D7" s="36" t="s">
+      <c r="D7" s="32" t="s">
         <v>37</v>
       </c>
-      <c r="E7" s="37" t="s">
+      <c r="E7" s="54" t="s">
         <v>36</v>
       </c>
-      <c r="F7" s="32" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="38" t="s">
+      <c r="F7" s="57" t="s">
+        <v>163</v>
+      </c>
+      <c r="G7" s="30" t="s">
         <v>35</v>
       </c>
-      <c r="H7" s="46" t="s">
+      <c r="H7" s="53" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="8"/>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A8" s="30"/>
-[...6 lines deleted...]
-      <c r="H8" s="46"/>
+      <c r="A8" s="63"/>
+      <c r="B8" s="26"/>
+      <c r="C8" s="55"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="54"/>
+      <c r="F8" s="57"/>
+      <c r="G8" s="30"/>
+      <c r="H8" s="53"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="8"/>
     </row>
     <row r="9" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="31"/>
-[...6 lines deleted...]
-      <c r="H9" s="46"/>
+      <c r="A9" s="64"/>
+      <c r="B9" s="26"/>
+      <c r="C9" s="55"/>
+      <c r="D9" s="32"/>
+      <c r="E9" s="54"/>
+      <c r="F9" s="57"/>
+      <c r="G9" s="30"/>
+      <c r="H9" s="53"/>
       <c r="I9" s="7"/>
       <c r="J9" s="7"/>
       <c r="K9" s="8"/>
     </row>
     <row r="10" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="33">
+      <c r="A10" s="62">
         <v>3</v>
       </c>
-      <c r="B10" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="49" t="s">
+      <c r="B10" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C10" s="59" t="s">
         <v>69</v>
       </c>
-      <c r="D10" s="36" t="s">
+      <c r="D10" s="32" t="s">
         <v>4</v>
       </c>
-      <c r="E10" s="40" t="s">
-[...5 lines deleted...]
-      <c r="G10" s="38" t="s">
+      <c r="E10" s="37" t="s">
+        <v>158</v>
+      </c>
+      <c r="F10" s="57" t="s">
+        <v>162</v>
+      </c>
+      <c r="G10" s="30" t="s">
         <v>40</v>
       </c>
-      <c r="H10" s="51" t="s">
+      <c r="H10" s="31" t="s">
         <v>39</v>
       </c>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="8"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A11" s="30"/>
-[...6 lines deleted...]
-      <c r="H11" s="51"/>
+      <c r="A11" s="63"/>
+      <c r="B11" s="26"/>
+      <c r="C11" s="60"/>
+      <c r="D11" s="32"/>
+      <c r="E11" s="37"/>
+      <c r="F11" s="57"/>
+      <c r="G11" s="30"/>
+      <c r="H11" s="31"/>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="8"/>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A12" s="31"/>
-[...6 lines deleted...]
-      <c r="H12" s="51"/>
+      <c r="A12" s="64"/>
+      <c r="B12" s="26"/>
+      <c r="C12" s="60"/>
+      <c r="D12" s="32"/>
+      <c r="E12" s="37"/>
+      <c r="F12" s="57"/>
+      <c r="G12" s="30"/>
+      <c r="H12" s="31"/>
       <c r="I12" s="7"/>
       <c r="J12" s="7"/>
       <c r="K12" s="8"/>
     </row>
     <row r="13" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="33">
+      <c r="A13" s="62">
         <v>4</v>
       </c>
-      <c r="B13" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="35" t="s">
+      <c r="B13" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C13" s="55" t="s">
         <v>70</v>
       </c>
-      <c r="D13" s="36" t="s">
+      <c r="D13" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="E13" s="37" t="s">
+      <c r="E13" s="54" t="s">
         <v>42</v>
       </c>
-      <c r="F13" s="32" t="s">
+      <c r="F13" s="57" t="s">
         <v>5</v>
       </c>
-      <c r="G13" s="48" t="s">
+      <c r="G13" s="34" t="s">
         <v>41</v>
       </c>
-      <c r="H13" s="46" t="s">
+      <c r="H13" s="53" t="s">
         <v>43</v>
       </c>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="8"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A14" s="30"/>
-[...6 lines deleted...]
-      <c r="H14" s="46"/>
+      <c r="A14" s="63"/>
+      <c r="B14" s="26"/>
+      <c r="C14" s="55"/>
+      <c r="D14" s="32"/>
+      <c r="E14" s="54"/>
+      <c r="F14" s="57"/>
+      <c r="G14" s="34"/>
+      <c r="H14" s="53"/>
       <c r="I14" s="7"/>
       <c r="J14" s="7"/>
       <c r="K14" s="8"/>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A15" s="31"/>
-[...6 lines deleted...]
-      <c r="H15" s="46"/>
+      <c r="A15" s="64"/>
+      <c r="B15" s="26"/>
+      <c r="C15" s="55"/>
+      <c r="D15" s="32"/>
+      <c r="E15" s="54"/>
+      <c r="F15" s="57"/>
+      <c r="G15" s="34"/>
+      <c r="H15" s="53"/>
       <c r="I15" s="7"/>
       <c r="J15" s="7"/>
       <c r="K15" s="8"/>
     </row>
     <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="33">
+      <c r="A16" s="62">
         <v>5</v>
       </c>
-      <c r="B16" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="35" t="s">
+      <c r="B16" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C16" s="55" t="s">
         <v>71</v>
       </c>
-      <c r="D16" s="36" t="s">
+      <c r="D16" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="E16" s="37" t="s">
+      <c r="E16" s="54" t="s">
         <v>44</v>
       </c>
-      <c r="F16" s="32" t="s">
+      <c r="F16" s="57" t="s">
         <v>8</v>
       </c>
-      <c r="G16" s="48" t="s">
+      <c r="G16" s="34" t="s">
         <v>49</v>
       </c>
-      <c r="H16" s="46" t="s">
+      <c r="H16" s="53" t="s">
         <v>46</v>
       </c>
       <c r="I16" s="7"/>
       <c r="J16" s="7"/>
       <c r="K16" s="8"/>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A17" s="30"/>
-[...6 lines deleted...]
-      <c r="H17" s="46"/>
+      <c r="A17" s="63"/>
+      <c r="B17" s="26"/>
+      <c r="C17" s="55"/>
+      <c r="D17" s="32"/>
+      <c r="E17" s="54"/>
+      <c r="F17" s="57"/>
+      <c r="G17" s="34"/>
+      <c r="H17" s="53"/>
       <c r="I17" s="7"/>
       <c r="J17" s="7"/>
       <c r="K17" s="8"/>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A18" s="31"/>
-[...6 lines deleted...]
-      <c r="H18" s="46"/>
+      <c r="A18" s="64"/>
+      <c r="B18" s="26"/>
+      <c r="C18" s="55"/>
+      <c r="D18" s="32"/>
+      <c r="E18" s="54"/>
+      <c r="F18" s="57"/>
+      <c r="G18" s="34"/>
+      <c r="H18" s="53"/>
       <c r="I18" s="7"/>
       <c r="J18" s="7"/>
       <c r="K18" s="8"/>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A19" s="33">
+      <c r="A19" s="62">
         <v>6</v>
       </c>
-      <c r="B19" s="39" t="s">
+      <c r="B19" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C19" s="55" t="s">
+        <v>72</v>
+      </c>
+      <c r="D19" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="E19" s="54" t="s">
+        <v>50</v>
+      </c>
+      <c r="F19" s="57" t="s">
         <v>172</v>
       </c>
-      <c r="C19" s="35" t="s">
-[...11 lines deleted...]
-      <c r="G19" s="38" t="s">
+      <c r="G19" s="30" t="s">
         <v>45</v>
       </c>
-      <c r="H19" s="51" t="s">
+      <c r="H19" s="31" t="s">
         <v>48</v>
       </c>
       <c r="I19" s="7"/>
       <c r="J19" s="7"/>
       <c r="K19" s="8"/>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A20" s="30"/>
-[...6 lines deleted...]
-      <c r="H20" s="51"/>
+      <c r="A20" s="63"/>
+      <c r="B20" s="26"/>
+      <c r="C20" s="55"/>
+      <c r="D20" s="32"/>
+      <c r="E20" s="54"/>
+      <c r="F20" s="57"/>
+      <c r="G20" s="30"/>
+      <c r="H20" s="31"/>
       <c r="I20" s="7"/>
       <c r="J20" s="7"/>
       <c r="K20" s="8"/>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A21" s="31"/>
-[...6 lines deleted...]
-      <c r="H21" s="51"/>
+      <c r="A21" s="64"/>
+      <c r="B21" s="26"/>
+      <c r="C21" s="55"/>
+      <c r="D21" s="32"/>
+      <c r="E21" s="54"/>
+      <c r="F21" s="57"/>
+      <c r="G21" s="30"/>
+      <c r="H21" s="31"/>
       <c r="I21" s="7"/>
       <c r="J21" s="7"/>
       <c r="K21" s="8"/>
     </row>
     <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="33">
+      <c r="A22" s="62">
         <v>7</v>
       </c>
-      <c r="B22" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="34" t="s">
+      <c r="B22" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" s="35" t="s">
         <v>81</v>
       </c>
-      <c r="D22" s="36" t="s">
+      <c r="D22" s="32" t="s">
         <v>16</v>
       </c>
-      <c r="E22" s="40" t="s">
+      <c r="E22" s="37" t="s">
         <v>78</v>
       </c>
-      <c r="F22" s="32" t="s">
+      <c r="F22" s="57" t="s">
         <v>15</v>
       </c>
-      <c r="G22" s="38" t="s">
+      <c r="G22" s="30" t="s">
         <v>76</v>
       </c>
-      <c r="H22" s="51" t="s">
+      <c r="H22" s="31" t="s">
         <v>77</v>
       </c>
       <c r="I22" s="19"/>
       <c r="J22" s="19"/>
       <c r="K22" s="19"/>
     </row>
     <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="30"/>
-[...6 lines deleted...]
-      <c r="H23" s="51"/>
+      <c r="A23" s="63"/>
+      <c r="B23" s="26"/>
+      <c r="C23" s="35"/>
+      <c r="D23" s="32"/>
+      <c r="E23" s="37"/>
+      <c r="F23" s="57"/>
+      <c r="G23" s="30"/>
+      <c r="H23" s="31"/>
       <c r="I23" s="19"/>
       <c r="J23" s="19"/>
       <c r="K23" s="19"/>
     </row>
     <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="31"/>
-[...6 lines deleted...]
-      <c r="H24" s="51"/>
+      <c r="A24" s="64"/>
+      <c r="B24" s="26"/>
+      <c r="C24" s="35"/>
+      <c r="D24" s="32"/>
+      <c r="E24" s="37"/>
+      <c r="F24" s="57"/>
+      <c r="G24" s="30"/>
+      <c r="H24" s="31"/>
       <c r="I24" s="19"/>
       <c r="J24" s="19"/>
       <c r="K24" s="19"/>
     </row>
     <row r="25" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="33">
+      <c r="A25" s="62">
         <v>8</v>
       </c>
-      <c r="B25" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="34" t="s">
+      <c r="B25" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C25" s="35" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="32" t="s">
+        <v>101</v>
+      </c>
+      <c r="E25" s="37" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" s="57" t="s">
+        <v>171</v>
+      </c>
+      <c r="G25" s="30" t="s">
         <v>98</v>
       </c>
-      <c r="D25" s="36" t="s">
-[...8 lines deleted...]
-      <c r="G25" s="38" t="s">
+      <c r="H25" s="31" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I25" s="19"/>
       <c r="J25" s="19"/>
       <c r="K25" s="19"/>
     </row>
     <row r="26" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="30"/>
-[...6 lines deleted...]
-      <c r="H26" s="51"/>
+      <c r="A26" s="63"/>
+      <c r="B26" s="26"/>
+      <c r="C26" s="35"/>
+      <c r="D26" s="32"/>
+      <c r="E26" s="37"/>
+      <c r="F26" s="57"/>
+      <c r="G26" s="30"/>
+      <c r="H26" s="31"/>
       <c r="I26" s="19"/>
       <c r="J26" s="19"/>
       <c r="K26" s="19"/>
     </row>
     <row r="27" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="31"/>
-[...6 lines deleted...]
-      <c r="H27" s="51"/>
+      <c r="A27" s="64"/>
+      <c r="B27" s="26"/>
+      <c r="C27" s="35"/>
+      <c r="D27" s="32"/>
+      <c r="E27" s="37"/>
+      <c r="F27" s="57"/>
+      <c r="G27" s="30"/>
+      <c r="H27" s="31"/>
       <c r="I27" s="19"/>
       <c r="J27" s="19"/>
       <c r="K27" s="19"/>
     </row>
     <row r="28" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="33">
+      <c r="A28" s="62">
         <v>9</v>
       </c>
-      <c r="B28" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="34" t="s">
+      <c r="B28" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C28" s="35" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" s="32" t="s">
+        <v>96</v>
+      </c>
+      <c r="E28" s="37" t="s">
         <v>95</v>
       </c>
-      <c r="D28" s="36" t="s">
-[...8 lines deleted...]
-      <c r="G28" s="38" t="s">
+      <c r="F28" s="57" t="s">
+        <v>167</v>
+      </c>
+      <c r="G28" s="30" t="s">
+        <v>92</v>
+      </c>
+      <c r="H28" s="31" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="I28" s="7"/>
       <c r="J28" s="7"/>
       <c r="K28" s="8"/>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A29" s="30"/>
-[...6 lines deleted...]
-      <c r="H29" s="51"/>
+      <c r="A29" s="63"/>
+      <c r="B29" s="26"/>
+      <c r="C29" s="35"/>
+      <c r="D29" s="32"/>
+      <c r="E29" s="37"/>
+      <c r="F29" s="57"/>
+      <c r="G29" s="30"/>
+      <c r="H29" s="31"/>
       <c r="I29" s="7"/>
       <c r="J29" s="7"/>
       <c r="K29" s="8"/>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A30" s="31"/>
-[...6 lines deleted...]
-      <c r="H30" s="51"/>
+      <c r="A30" s="64"/>
+      <c r="B30" s="26"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="32"/>
+      <c r="E30" s="37"/>
+      <c r="F30" s="57"/>
+      <c r="G30" s="30"/>
+      <c r="H30" s="31"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="8"/>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A31" s="33">
+      <c r="A31" s="62">
         <v>10</v>
       </c>
-      <c r="B31" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="34" t="s">
+      <c r="B31" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C31" s="35" t="s">
         <v>82</v>
       </c>
-      <c r="D31" s="36" t="s">
+      <c r="D31" s="32" t="s">
         <v>18</v>
       </c>
-      <c r="E31" s="40" t="s">
+      <c r="E31" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="F31" s="32" t="s">
+      <c r="F31" s="57" t="s">
         <v>17</v>
       </c>
-      <c r="G31" s="38" t="s">
+      <c r="G31" s="30" t="s">
         <v>84</v>
       </c>
-      <c r="H31" s="51" t="s">
+      <c r="H31" s="31" t="s">
         <v>85</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="12"/>
       <c r="K31" s="8"/>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A32" s="30"/>
-[...6 lines deleted...]
-      <c r="H32" s="51"/>
+      <c r="A32" s="63"/>
+      <c r="B32" s="26"/>
+      <c r="C32" s="35"/>
+      <c r="D32" s="32"/>
+      <c r="E32" s="37"/>
+      <c r="F32" s="57"/>
+      <c r="G32" s="30"/>
+      <c r="H32" s="31"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="8"/>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A33" s="31"/>
-[...6 lines deleted...]
-      <c r="H33" s="51"/>
+      <c r="A33" s="64"/>
+      <c r="B33" s="26"/>
+      <c r="C33" s="35"/>
+      <c r="D33" s="32"/>
+      <c r="E33" s="37"/>
+      <c r="F33" s="57"/>
+      <c r="G33" s="30"/>
+      <c r="H33" s="31"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="8"/>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A34" s="33">
+      <c r="A34" s="62">
         <v>11</v>
       </c>
-      <c r="B34" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="34" t="s">
+      <c r="B34" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C34" s="35" t="s">
+        <v>87</v>
+      </c>
+      <c r="D34" s="32" t="s">
+        <v>91</v>
+      </c>
+      <c r="E34" s="37" t="s">
         <v>88</v>
       </c>
-      <c r="D34" s="36" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="40" t="s">
+      <c r="F34" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="G34" s="30" t="s">
         <v>89</v>
       </c>
-      <c r="F34" s="32" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="38" t="s">
+      <c r="H34" s="31" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="8"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A35" s="30"/>
-[...6 lines deleted...]
-      <c r="H35" s="51"/>
+      <c r="A35" s="63"/>
+      <c r="B35" s="26"/>
+      <c r="C35" s="35"/>
+      <c r="D35" s="32"/>
+      <c r="E35" s="37"/>
+      <c r="F35" s="57"/>
+      <c r="G35" s="30"/>
+      <c r="H35" s="31"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="8"/>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A36" s="31"/>
-[...6 lines deleted...]
-      <c r="H36" s="51"/>
+      <c r="A36" s="64"/>
+      <c r="B36" s="26"/>
+      <c r="C36" s="35"/>
+      <c r="D36" s="32"/>
+      <c r="E36" s="37"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="30"/>
+      <c r="H36" s="31"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="8"/>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A37" s="33">
+      <c r="A37" s="62">
         <v>12</v>
       </c>
-      <c r="B37" s="39" t="s">
-[...5 lines deleted...]
-      <c r="D37" s="36" t="s">
+      <c r="B37" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C37" s="65" t="s">
+        <v>159</v>
+      </c>
+      <c r="D37" s="32" t="s">
         <v>23</v>
       </c>
-      <c r="E37" s="40" t="s">
-[...5 lines deleted...]
-      <c r="G37" s="38" t="s">
+      <c r="E37" s="37" t="s">
+        <v>168</v>
+      </c>
+      <c r="F37" s="57" t="s">
+        <v>161</v>
+      </c>
+      <c r="G37" s="30" t="s">
+        <v>114</v>
+      </c>
+      <c r="H37" s="31" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="I37" s="13"/>
       <c r="J37" s="13"/>
       <c r="K37" s="8"/>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A38" s="30"/>
-[...6 lines deleted...]
-      <c r="H38" s="51"/>
+      <c r="A38" s="63"/>
+      <c r="B38" s="26"/>
+      <c r="C38" s="66"/>
+      <c r="D38" s="32"/>
+      <c r="E38" s="37"/>
+      <c r="F38" s="57"/>
+      <c r="G38" s="30"/>
+      <c r="H38" s="31"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="8"/>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A39" s="31"/>
-[...6 lines deleted...]
-      <c r="H39" s="51"/>
+      <c r="A39" s="64"/>
+      <c r="B39" s="26"/>
+      <c r="C39" s="66"/>
+      <c r="D39" s="32"/>
+      <c r="E39" s="37"/>
+      <c r="F39" s="57"/>
+      <c r="G39" s="30"/>
+      <c r="H39" s="31"/>
       <c r="I39" s="8"/>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A40" s="33">
+      <c r="A40" s="62">
         <v>13</v>
       </c>
-      <c r="B40" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="29" t="s">
+      <c r="B40" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C40" s="36" t="s">
+        <v>110</v>
+      </c>
+      <c r="D40" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="E40" s="37" t="s">
         <v>111</v>
       </c>
-      <c r="D40" s="36" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="40" t="s">
+      <c r="F40" s="57" t="s">
+        <v>175</v>
+      </c>
+      <c r="G40" s="30" t="s">
         <v>112</v>
       </c>
-      <c r="F40" s="32" t="s">
-[...2 lines deleted...]
-      <c r="G40" s="38" t="s">
+      <c r="H40" s="31" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="I40" s="14"/>
       <c r="J40" s="14"/>
       <c r="K40" s="8"/>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A41" s="30"/>
-[...6 lines deleted...]
-      <c r="H41" s="51"/>
+      <c r="A41" s="63"/>
+      <c r="B41" s="26"/>
+      <c r="C41" s="36"/>
+      <c r="D41" s="32"/>
+      <c r="E41" s="37"/>
+      <c r="F41" s="57"/>
+      <c r="G41" s="30"/>
+      <c r="H41" s="31"/>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="8"/>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A42" s="31"/>
-[...6 lines deleted...]
-      <c r="H42" s="51"/>
+      <c r="A42" s="64"/>
+      <c r="B42" s="26"/>
+      <c r="C42" s="36"/>
+      <c r="D42" s="32"/>
+      <c r="E42" s="37"/>
+      <c r="F42" s="57"/>
+      <c r="G42" s="30"/>
+      <c r="H42" s="31"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="8"/>
     </row>
     <row r="43" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A43" s="33">
+      <c r="A43" s="62">
         <v>14</v>
       </c>
-      <c r="B43" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="34" t="s">
+      <c r="B43" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C43" s="35" t="s">
+        <v>107</v>
+      </c>
+      <c r="D43" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="E43" s="37" t="s">
+        <v>106</v>
+      </c>
+      <c r="F43" s="57" t="s">
+        <v>116</v>
+      </c>
+      <c r="G43" s="47" t="s">
         <v>108</v>
       </c>
-      <c r="D43" s="36" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="52" t="s">
+      <c r="H43" s="50" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="I43" s="13"/>
       <c r="J43" s="13"/>
       <c r="K43" s="8"/>
     </row>
     <row r="44" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A44" s="30"/>
-[...6 lines deleted...]
-      <c r="H44" s="56"/>
+      <c r="A44" s="63"/>
+      <c r="B44" s="26"/>
+      <c r="C44" s="35"/>
+      <c r="D44" s="32"/>
+      <c r="E44" s="37"/>
+      <c r="F44" s="57"/>
+      <c r="G44" s="48"/>
+      <c r="H44" s="51"/>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="8"/>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A45" s="31"/>
-[...6 lines deleted...]
-      <c r="H45" s="57"/>
+      <c r="A45" s="64"/>
+      <c r="B45" s="26"/>
+      <c r="C45" s="35"/>
+      <c r="D45" s="32"/>
+      <c r="E45" s="37"/>
+      <c r="F45" s="57"/>
+      <c r="G45" s="49"/>
+      <c r="H45" s="52"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="8"/>
     </row>
     <row r="46" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="33">
+      <c r="A46" s="62">
         <v>15</v>
       </c>
-      <c r="B46" s="39" t="s">
-[...5 lines deleted...]
-      <c r="D46" s="36" t="s">
+      <c r="B46" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C46" s="35" t="s">
+        <v>105</v>
+      </c>
+      <c r="D46" s="32" t="s">
         <v>20</v>
       </c>
-      <c r="E46" s="40" t="s">
+      <c r="E46" s="37" t="s">
+        <v>102</v>
+      </c>
+      <c r="F46" s="57" t="s">
+        <v>19</v>
+      </c>
+      <c r="G46" s="30" t="s">
         <v>103</v>
       </c>
-      <c r="F46" s="32" t="s">
-[...2 lines deleted...]
-      <c r="G46" s="38" t="s">
+      <c r="H46" s="31" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="I46" s="13"/>
       <c r="J46" s="13"/>
       <c r="K46" s="8"/>
     </row>
     <row r="47" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="30"/>
-[...6 lines deleted...]
-      <c r="H47" s="51"/>
+      <c r="A47" s="63"/>
+      <c r="B47" s="26"/>
+      <c r="C47" s="35"/>
+      <c r="D47" s="32"/>
+      <c r="E47" s="37"/>
+      <c r="F47" s="57"/>
+      <c r="G47" s="30"/>
+      <c r="H47" s="31"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="8"/>
     </row>
     <row r="48" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="31"/>
-[...6 lines deleted...]
-      <c r="H48" s="51"/>
+      <c r="A48" s="64"/>
+      <c r="B48" s="26"/>
+      <c r="C48" s="35"/>
+      <c r="D48" s="32"/>
+      <c r="E48" s="37"/>
+      <c r="F48" s="57"/>
+      <c r="G48" s="30"/>
+      <c r="H48" s="31"/>
       <c r="I48" s="8"/>
       <c r="J48" s="8"/>
       <c r="K48" s="8"/>
     </row>
     <row r="49" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="33">
+      <c r="A49" s="62">
         <v>16</v>
       </c>
-      <c r="B49" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="34" t="s">
+      <c r="B49" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C49" s="35" t="s">
+        <v>118</v>
+      </c>
+      <c r="D49" s="32" t="s">
+        <v>24</v>
+      </c>
+      <c r="E49" s="37" t="s">
+        <v>117</v>
+      </c>
+      <c r="F49" s="57" t="s">
+        <v>164</v>
+      </c>
+      <c r="G49" s="30" t="s">
+        <v>119</v>
+      </c>
+      <c r="H49" s="31" t="s">
         <v>120</v>
-      </c>
-[...13 lines deleted...]
-        <v>122</v>
       </c>
       <c r="I49" s="13"/>
       <c r="J49" s="13"/>
       <c r="K49" s="8"/>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A50" s="30"/>
-[...6 lines deleted...]
-      <c r="H50" s="51"/>
+      <c r="A50" s="63"/>
+      <c r="B50" s="26"/>
+      <c r="C50" s="35"/>
+      <c r="D50" s="32"/>
+      <c r="E50" s="37"/>
+      <c r="F50" s="57"/>
+      <c r="G50" s="30"/>
+      <c r="H50" s="31"/>
       <c r="I50" s="13"/>
       <c r="J50" s="13"/>
       <c r="K50" s="8"/>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A51" s="31"/>
-[...6 lines deleted...]
-      <c r="H51" s="51"/>
+      <c r="A51" s="64"/>
+      <c r="B51" s="26"/>
+      <c r="C51" s="35"/>
+      <c r="D51" s="32"/>
+      <c r="E51" s="37"/>
+      <c r="F51" s="57"/>
+      <c r="G51" s="30"/>
+      <c r="H51" s="31"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="8"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A52" s="33">
+      <c r="A52" s="62">
         <v>17</v>
       </c>
-      <c r="B52" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="34" t="s">
+      <c r="B52" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C52" s="35" t="s">
+        <v>121</v>
+      </c>
+      <c r="D52" s="32" t="s">
+        <v>125</v>
+      </c>
+      <c r="E52" s="37" t="s">
+        <v>122</v>
+      </c>
+      <c r="F52" s="57" t="s">
+        <v>153</v>
+      </c>
+      <c r="G52" s="30" t="s">
         <v>123</v>
       </c>
-      <c r="D52" s="36" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="40" t="s">
+      <c r="H52" s="31" t="s">
         <v>124</v>
-      </c>
-[...7 lines deleted...]
-        <v>126</v>
       </c>
       <c r="I52" s="13"/>
       <c r="J52" s="13"/>
       <c r="K52" s="8"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A53" s="30"/>
-[...6 lines deleted...]
-      <c r="H53" s="51"/>
+      <c r="A53" s="63"/>
+      <c r="B53" s="26"/>
+      <c r="C53" s="35"/>
+      <c r="D53" s="32"/>
+      <c r="E53" s="37"/>
+      <c r="F53" s="57"/>
+      <c r="G53" s="30"/>
+      <c r="H53" s="31"/>
       <c r="I53" s="7"/>
       <c r="J53" s="7"/>
       <c r="K53" s="8"/>
     </row>
     <row r="54" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A54" s="31"/>
-[...6 lines deleted...]
-      <c r="H54" s="51"/>
+      <c r="A54" s="64"/>
+      <c r="B54" s="26"/>
+      <c r="C54" s="35"/>
+      <c r="D54" s="32"/>
+      <c r="E54" s="37"/>
+      <c r="F54" s="57"/>
+      <c r="G54" s="30"/>
+      <c r="H54" s="31"/>
       <c r="I54" s="7"/>
       <c r="J54" s="7"/>
       <c r="K54" s="8"/>
     </row>
     <row r="55" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A55" s="33">
+      <c r="A55" s="62">
         <v>18</v>
       </c>
-      <c r="B55" s="39" t="s">
+      <c r="B55" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C55" s="35" t="s">
+        <v>126</v>
+      </c>
+      <c r="D55" s="32" t="s">
+        <v>25</v>
+      </c>
+      <c r="E55" s="37" t="s">
+        <v>129</v>
+      </c>
+      <c r="F55" s="57" t="s">
         <v>173</v>
       </c>
-      <c r="C55" s="34" t="s">
+      <c r="G55" s="30" t="s">
+        <v>127</v>
+      </c>
+      <c r="H55" s="31" t="s">
         <v>128</v>
-      </c>
-[...13 lines deleted...]
-        <v>131</v>
       </c>
       <c r="I55" s="13"/>
       <c r="J55" s="13"/>
       <c r="K55" s="16"/>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A56" s="30"/>
-[...6 lines deleted...]
-      <c r="H56" s="51"/>
+      <c r="A56" s="63"/>
+      <c r="B56" s="26"/>
+      <c r="C56" s="35"/>
+      <c r="D56" s="32"/>
+      <c r="E56" s="37"/>
+      <c r="F56" s="57"/>
+      <c r="G56" s="30"/>
+      <c r="H56" s="31"/>
       <c r="I56" s="17"/>
       <c r="J56" s="7"/>
       <c r="K56" s="16"/>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A57" s="31"/>
-[...6 lines deleted...]
-      <c r="H57" s="51"/>
+      <c r="A57" s="64"/>
+      <c r="B57" s="26"/>
+      <c r="C57" s="35"/>
+      <c r="D57" s="32"/>
+      <c r="E57" s="37"/>
+      <c r="F57" s="57"/>
+      <c r="G57" s="30"/>
+      <c r="H57" s="31"/>
       <c r="I57" s="8"/>
       <c r="J57" s="8"/>
       <c r="K57" s="8"/>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A58" s="33">
+      <c r="A58" s="62">
         <v>19</v>
       </c>
-      <c r="B58" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="34" t="s">
+      <c r="B58" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C58" s="35" t="s">
+        <v>131</v>
+      </c>
+      <c r="D58" s="32" t="s">
+        <v>135</v>
+      </c>
+      <c r="E58" s="37" t="s">
         <v>134</v>
       </c>
-      <c r="D58" s="36" t="s">
-[...5 lines deleted...]
-      <c r="F58" s="32" t="s">
+      <c r="F58" s="57" t="s">
+        <v>130</v>
+      </c>
+      <c r="G58" s="30" t="s">
+        <v>132</v>
+      </c>
+      <c r="H58" s="31" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="I58" s="7"/>
       <c r="J58" s="7"/>
       <c r="K58" s="8"/>
     </row>
     <row r="59" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A59" s="30"/>
-[...6 lines deleted...]
-      <c r="H59" s="51"/>
+      <c r="A59" s="63"/>
+      <c r="B59" s="26"/>
+      <c r="C59" s="35"/>
+      <c r="D59" s="32"/>
+      <c r="E59" s="37"/>
+      <c r="F59" s="57"/>
+      <c r="G59" s="30"/>
+      <c r="H59" s="31"/>
       <c r="I59" s="7"/>
       <c r="J59" s="7"/>
       <c r="K59" s="8"/>
     </row>
     <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="31"/>
-[...6 lines deleted...]
-      <c r="H60" s="51"/>
+      <c r="A60" s="64"/>
+      <c r="B60" s="26"/>
+      <c r="C60" s="35"/>
+      <c r="D60" s="32"/>
+      <c r="E60" s="37"/>
+      <c r="F60" s="57"/>
+      <c r="G60" s="30"/>
+      <c r="H60" s="31"/>
       <c r="I60" s="7"/>
       <c r="J60" s="7"/>
       <c r="K60" s="8"/>
     </row>
     <row r="61" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A61" s="33">
+      <c r="A61" s="62">
         <v>20</v>
       </c>
-      <c r="B61" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="34" t="s">
+      <c r="B61" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C61" s="35" t="s">
+        <v>136</v>
+      </c>
+      <c r="D61" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="E61" s="37" t="s">
+        <v>137</v>
+      </c>
+      <c r="F61" s="57" t="s">
+        <v>166</v>
+      </c>
+      <c r="G61" s="30" t="s">
+        <v>138</v>
+      </c>
+      <c r="H61" s="31" t="s">
         <v>139</v>
-      </c>
-[...13 lines deleted...]
-        <v>142</v>
       </c>
       <c r="I61" s="13"/>
       <c r="J61" s="13"/>
       <c r="K61" s="8"/>
     </row>
     <row r="62" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A62" s="30"/>
-[...6 lines deleted...]
-      <c r="H62" s="51"/>
+      <c r="A62" s="63"/>
+      <c r="B62" s="26"/>
+      <c r="C62" s="35"/>
+      <c r="D62" s="32"/>
+      <c r="E62" s="37"/>
+      <c r="F62" s="57"/>
+      <c r="G62" s="30"/>
+      <c r="H62" s="31"/>
       <c r="I62" s="7"/>
       <c r="J62" s="7"/>
       <c r="K62" s="8"/>
     </row>
     <row r="63" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A63" s="31"/>
-[...6 lines deleted...]
-      <c r="H63" s="51"/>
+      <c r="A63" s="64"/>
+      <c r="B63" s="26"/>
+      <c r="C63" s="35"/>
+      <c r="D63" s="32"/>
+      <c r="E63" s="37"/>
+      <c r="F63" s="57"/>
+      <c r="G63" s="30"/>
+      <c r="H63" s="31"/>
       <c r="I63" s="7"/>
       <c r="J63" s="7"/>
       <c r="K63" s="8"/>
     </row>
     <row r="64" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A64" s="33">
+      <c r="A64" s="62">
         <v>21</v>
       </c>
-      <c r="B64" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="64" t="s">
+      <c r="B64" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C64" s="44" t="s">
+        <v>140</v>
+      </c>
+      <c r="D64" s="41" t="s">
         <v>143</v>
       </c>
-      <c r="D64" s="61" t="s">
-[...12 lines deleted...]
-        <v>163</v>
+      <c r="E64" s="38" t="s">
+        <v>142</v>
+      </c>
+      <c r="F64" s="57" t="s">
+        <v>165</v>
+      </c>
+      <c r="G64" s="30" t="s">
+        <v>141</v>
+      </c>
+      <c r="H64" s="31" t="s">
+        <v>160</v>
       </c>
       <c r="I64" s="13"/>
       <c r="J64" s="13"/>
       <c r="K64" s="8"/>
     </row>
     <row r="65" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A65" s="30"/>
-[...6 lines deleted...]
-      <c r="H65" s="51"/>
+      <c r="A65" s="63"/>
+      <c r="B65" s="26"/>
+      <c r="C65" s="45"/>
+      <c r="D65" s="42"/>
+      <c r="E65" s="39"/>
+      <c r="F65" s="57"/>
+      <c r="G65" s="30"/>
+      <c r="H65" s="31"/>
       <c r="I65" s="7"/>
       <c r="J65" s="7"/>
       <c r="K65" s="8"/>
     </row>
     <row r="66" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A66" s="31"/>
-[...6 lines deleted...]
-      <c r="H66" s="51"/>
+      <c r="A66" s="64"/>
+      <c r="B66" s="26"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="43"/>
+      <c r="E66" s="40"/>
+      <c r="F66" s="57"/>
+      <c r="G66" s="30"/>
+      <c r="H66" s="31"/>
       <c r="I66" s="7"/>
       <c r="J66" s="7"/>
       <c r="K66" s="8"/>
     </row>
     <row r="67" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A67" s="33">
+      <c r="A67" s="62">
         <v>22</v>
       </c>
-      <c r="B67" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="34" t="s">
+      <c r="B67" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C67" s="35" t="s">
         <v>79</v>
       </c>
-      <c r="D67" s="36" t="s">
+      <c r="D67" s="32" t="s">
         <v>66</v>
       </c>
-      <c r="E67" s="44" t="s">
+      <c r="E67" s="33" t="s">
         <v>62</v>
       </c>
-      <c r="F67" s="32" t="s">
-[...2 lines deleted...]
-      <c r="G67" s="38" t="s">
+      <c r="F67" s="57" t="s">
+        <v>154</v>
+      </c>
+      <c r="G67" s="30" t="s">
         <v>60</v>
       </c>
-      <c r="H67" s="51" t="s">
+      <c r="H67" s="31" t="s">
         <v>61</v>
       </c>
       <c r="I67" s="13"/>
       <c r="J67" s="13"/>
       <c r="K67" s="8"/>
     </row>
     <row r="68" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A68" s="30"/>
-[...6 lines deleted...]
-      <c r="H68" s="51"/>
+      <c r="A68" s="63"/>
+      <c r="B68" s="26"/>
+      <c r="C68" s="35"/>
+      <c r="D68" s="32"/>
+      <c r="E68" s="33"/>
+      <c r="F68" s="57"/>
+      <c r="G68" s="30"/>
+      <c r="H68" s="31"/>
       <c r="I68" s="7"/>
       <c r="J68" s="7"/>
       <c r="K68" s="8"/>
     </row>
     <row r="69" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A69" s="31"/>
-[...6 lines deleted...]
-      <c r="H69" s="51"/>
+      <c r="A69" s="64"/>
+      <c r="B69" s="26"/>
+      <c r="C69" s="35"/>
+      <c r="D69" s="32"/>
+      <c r="E69" s="33"/>
+      <c r="F69" s="57"/>
+      <c r="G69" s="30"/>
+      <c r="H69" s="31"/>
       <c r="I69" s="7"/>
       <c r="J69" s="7"/>
       <c r="K69" s="8"/>
     </row>
     <row r="70" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A70" s="33">
+      <c r="A70" s="62">
         <v>23</v>
       </c>
-      <c r="B70" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="34" t="s">
+      <c r="B70" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C70" s="35" t="s">
         <v>74</v>
       </c>
-      <c r="D70" s="36" t="s">
+      <c r="D70" s="32" t="s">
         <v>54</v>
       </c>
-      <c r="E70" s="44" t="s">
+      <c r="E70" s="33" t="s">
         <v>51</v>
       </c>
-      <c r="F70" s="32" t="s">
+      <c r="F70" s="57" t="s">
         <v>9</v>
       </c>
-      <c r="G70" s="48" t="s">
+      <c r="G70" s="34" t="s">
         <v>52</v>
       </c>
-      <c r="H70" s="51" t="s">
+      <c r="H70" s="31" t="s">
         <v>53</v>
       </c>
       <c r="I70" s="13"/>
       <c r="J70" s="13"/>
       <c r="K70" s="8"/>
     </row>
     <row r="71" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="30"/>
-[...6 lines deleted...]
-      <c r="H71" s="51"/>
+      <c r="A71" s="63"/>
+      <c r="B71" s="26"/>
+      <c r="C71" s="35"/>
+      <c r="D71" s="32"/>
+      <c r="E71" s="33"/>
+      <c r="F71" s="57"/>
+      <c r="G71" s="34"/>
+      <c r="H71" s="31"/>
       <c r="I71" s="13"/>
       <c r="J71" s="13"/>
       <c r="K71" s="8"/>
     </row>
     <row r="72" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A72" s="31"/>
-[...6 lines deleted...]
-      <c r="H72" s="51"/>
+      <c r="A72" s="64"/>
+      <c r="B72" s="26"/>
+      <c r="C72" s="35"/>
+      <c r="D72" s="32"/>
+      <c r="E72" s="33"/>
+      <c r="F72" s="57"/>
+      <c r="G72" s="34"/>
+      <c r="H72" s="31"/>
       <c r="I72" s="7"/>
       <c r="J72" s="7"/>
       <c r="K72" s="8"/>
     </row>
     <row r="73" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A73" s="33">
+      <c r="A73" s="62">
         <v>24</v>
       </c>
-      <c r="B73" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="34" t="s">
+      <c r="B73" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C73" s="35" t="s">
         <v>10</v>
       </c>
-      <c r="D73" s="36" t="s">
+      <c r="D73" s="32" t="s">
         <v>11</v>
       </c>
-      <c r="E73" s="40" t="s">
+      <c r="E73" s="37" t="s">
         <v>75</v>
       </c>
-      <c r="F73" s="32" t="s">
-[...2 lines deleted...]
-      <c r="G73" s="48" t="s">
+      <c r="F73" s="57" t="s">
+        <v>156</v>
+      </c>
+      <c r="G73" s="34" t="s">
         <v>55</v>
       </c>
-      <c r="H73" s="51" t="s">
+      <c r="H73" s="31" t="s">
         <v>56</v>
       </c>
       <c r="I73" s="13"/>
       <c r="J73" s="13"/>
       <c r="K73" s="8"/>
     </row>
     <row r="74" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A74" s="30"/>
-[...6 lines deleted...]
-      <c r="H74" s="51"/>
+      <c r="A74" s="63"/>
+      <c r="B74" s="26"/>
+      <c r="C74" s="35"/>
+      <c r="D74" s="32"/>
+      <c r="E74" s="37"/>
+      <c r="F74" s="57"/>
+      <c r="G74" s="34"/>
+      <c r="H74" s="31"/>
       <c r="I74" s="7"/>
       <c r="J74" s="7"/>
       <c r="K74" s="8"/>
     </row>
     <row r="75" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A75" s="31"/>
-[...6 lines deleted...]
-      <c r="H75" s="51"/>
+      <c r="A75" s="64"/>
+      <c r="B75" s="26"/>
+      <c r="C75" s="35"/>
+      <c r="D75" s="32"/>
+      <c r="E75" s="37"/>
+      <c r="F75" s="57"/>
+      <c r="G75" s="34"/>
+      <c r="H75" s="31"/>
       <c r="I75" s="8"/>
       <c r="J75" s="8"/>
       <c r="K75" s="8"/>
     </row>
     <row r="76" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A76" s="33">
+      <c r="A76" s="62">
         <v>25</v>
       </c>
-      <c r="B76" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="29" t="s">
+      <c r="B76" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C76" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="D76" s="36" t="s">
+      <c r="D76" s="32" t="s">
         <v>13</v>
       </c>
-      <c r="E76" s="44" t="s">
+      <c r="E76" s="33" t="s">
         <v>59</v>
       </c>
-      <c r="F76" s="32" t="s">
-[...2 lines deleted...]
-      <c r="G76" s="38" t="s">
+      <c r="F76" s="57" t="s">
+        <v>155</v>
+      </c>
+      <c r="G76" s="30" t="s">
         <v>57</v>
       </c>
-      <c r="H76" s="51" t="s">
+      <c r="H76" s="31" t="s">
         <v>58</v>
       </c>
       <c r="I76" s="13"/>
       <c r="J76" s="13"/>
       <c r="K76" s="8"/>
     </row>
     <row r="77" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A77" s="30"/>
-[...6 lines deleted...]
-      <c r="H77" s="51"/>
+      <c r="A77" s="63"/>
+      <c r="B77" s="26"/>
+      <c r="C77" s="36"/>
+      <c r="D77" s="32"/>
+      <c r="E77" s="33"/>
+      <c r="F77" s="57"/>
+      <c r="G77" s="30"/>
+      <c r="H77" s="31"/>
       <c r="I77" s="7"/>
       <c r="J77" s="7"/>
       <c r="K77" s="8"/>
     </row>
     <row r="78" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A78" s="31"/>
-[...6 lines deleted...]
-      <c r="H78" s="51"/>
+      <c r="A78" s="64"/>
+      <c r="B78" s="26"/>
+      <c r="C78" s="36"/>
+      <c r="D78" s="32"/>
+      <c r="E78" s="33"/>
+      <c r="F78" s="57"/>
+      <c r="G78" s="30"/>
+      <c r="H78" s="31"/>
       <c r="I78" s="7"/>
       <c r="J78" s="7"/>
       <c r="K78" s="8"/>
     </row>
     <row r="79" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A79" s="33">
+      <c r="A79" s="62">
         <v>26</v>
       </c>
-      <c r="B79" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C79" s="34" t="s">
+      <c r="B79" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C79" s="35" t="s">
         <v>80</v>
       </c>
-      <c r="D79" s="36" t="s">
+      <c r="D79" s="32" t="s">
         <v>14</v>
       </c>
-      <c r="E79" s="44" t="s">
+      <c r="E79" s="33" t="s">
         <v>63</v>
       </c>
-      <c r="F79" s="32" t="s">
-[...2 lines deleted...]
-      <c r="G79" s="38" t="s">
+      <c r="F79" s="57" t="s">
+        <v>157</v>
+      </c>
+      <c r="G79" s="30" t="s">
         <v>64</v>
       </c>
-      <c r="H79" s="51" t="s">
+      <c r="H79" s="31" t="s">
         <v>65</v>
       </c>
       <c r="I79" s="13"/>
       <c r="J79" s="13"/>
       <c r="K79" s="8"/>
     </row>
     <row r="80" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A80" s="30"/>
-[...6 lines deleted...]
-      <c r="H80" s="51"/>
+      <c r="A80" s="63"/>
+      <c r="B80" s="26"/>
+      <c r="C80" s="35"/>
+      <c r="D80" s="32"/>
+      <c r="E80" s="33"/>
+      <c r="F80" s="57"/>
+      <c r="G80" s="30"/>
+      <c r="H80" s="31"/>
       <c r="I80" s="17"/>
       <c r="J80" s="17"/>
       <c r="K80" s="8"/>
     </row>
     <row r="81" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A81" s="31"/>
-[...6 lines deleted...]
-      <c r="H81" s="51"/>
+      <c r="A81" s="64"/>
+      <c r="B81" s="26"/>
+      <c r="C81" s="35"/>
+      <c r="D81" s="32"/>
+      <c r="E81" s="33"/>
+      <c r="F81" s="57"/>
+      <c r="G81" s="30"/>
+      <c r="H81" s="31"/>
       <c r="I81" s="17"/>
       <c r="J81" s="17"/>
       <c r="K81" s="8"/>
     </row>
     <row r="82" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A82" s="33">
+      <c r="A82" s="62">
         <v>27</v>
       </c>
-      <c r="B82" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C82" s="34" t="s">
+      <c r="B82" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C82" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="D82" s="32" t="s">
         <v>147</v>
       </c>
-      <c r="D82" s="36" t="s">
-[...5 lines deleted...]
-      <c r="F82" s="32" t="s">
+      <c r="E82" s="37" t="s">
+        <v>148</v>
+      </c>
+      <c r="F82" s="57" t="s">
         <v>27</v>
       </c>
-      <c r="G82" s="38" t="s">
-[...3 lines deleted...]
-        <v>149</v>
+      <c r="G82" s="30" t="s">
+        <v>145</v>
+      </c>
+      <c r="H82" s="31" t="s">
+        <v>146</v>
       </c>
       <c r="I82" s="13"/>
       <c r="J82" s="13"/>
       <c r="K82" s="8"/>
     </row>
     <row r="83" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A83" s="30"/>
-[...6 lines deleted...]
-      <c r="H83" s="51"/>
+      <c r="A83" s="63"/>
+      <c r="B83" s="26"/>
+      <c r="C83" s="35"/>
+      <c r="D83" s="32"/>
+      <c r="E83" s="37"/>
+      <c r="F83" s="57"/>
+      <c r="G83" s="30"/>
+      <c r="H83" s="31"/>
       <c r="I83" s="7"/>
       <c r="J83" s="18"/>
       <c r="K83" s="8"/>
     </row>
     <row r="84" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A84" s="31"/>
-[...6 lines deleted...]
-      <c r="H84" s="51"/>
+      <c r="A84" s="64"/>
+      <c r="B84" s="26"/>
+      <c r="C84" s="35"/>
+      <c r="D84" s="32"/>
+      <c r="E84" s="37"/>
+      <c r="F84" s="57"/>
+      <c r="G84" s="30"/>
+      <c r="H84" s="31"/>
       <c r="I84" s="7"/>
       <c r="J84" s="7"/>
       <c r="K84" s="8"/>
     </row>
     <row r="85" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A85" s="33">
+      <c r="A85" s="62">
         <v>28</v>
       </c>
-      <c r="B85" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="34" t="s">
+      <c r="B85" s="26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C85" s="35" t="s">
+        <v>149</v>
+      </c>
+      <c r="D85" s="32" t="s">
+        <v>29</v>
+      </c>
+      <c r="E85" s="37" t="s">
+        <v>150</v>
+      </c>
+      <c r="F85" s="57" t="s">
+        <v>28</v>
+      </c>
+      <c r="G85" s="30" t="s">
+        <v>151</v>
+      </c>
+      <c r="H85" s="31" t="s">
         <v>152</v>
-      </c>
-[...13 lines deleted...]
-        <v>155</v>
       </c>
       <c r="I85" s="13"/>
       <c r="J85" s="7"/>
       <c r="K85" s="8"/>
     </row>
     <row r="86" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A86" s="30"/>
-[...6 lines deleted...]
-      <c r="H86" s="51"/>
+      <c r="A86" s="63"/>
+      <c r="B86" s="26"/>
+      <c r="C86" s="35"/>
+      <c r="D86" s="32"/>
+      <c r="E86" s="37"/>
+      <c r="F86" s="57"/>
+      <c r="G86" s="30"/>
+      <c r="H86" s="31"/>
       <c r="I86" s="7"/>
       <c r="J86" s="7"/>
       <c r="K86" s="8"/>
     </row>
     <row r="87" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A87" s="31"/>
-[...6 lines deleted...]
-      <c r="H87" s="51"/>
+      <c r="A87" s="64"/>
+      <c r="B87" s="26"/>
+      <c r="C87" s="35"/>
+      <c r="D87" s="32"/>
+      <c r="E87" s="37"/>
+      <c r="F87" s="57"/>
+      <c r="G87" s="30"/>
+      <c r="H87" s="31"/>
       <c r="I87" s="7"/>
       <c r="J87" s="7"/>
       <c r="K87" s="8"/>
     </row>
     <row r="88" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A88" s="43"/>
+      <c r="A88" s="61"/>
       <c r="B88" s="22"/>
       <c r="C88" s="1"/>
       <c r="D88" s="1"/>
       <c r="E88" s="1"/>
       <c r="F88" s="23"/>
       <c r="G88" s="2"/>
       <c r="H88" s="9"/>
       <c r="I88" s="13"/>
       <c r="J88" s="13"/>
       <c r="K88" s="8"/>
     </row>
     <row r="89" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A89" s="43"/>
+      <c r="A89" s="61"/>
       <c r="B89" s="22"/>
       <c r="C89" s="3"/>
       <c r="D89" s="3"/>
       <c r="E89" s="3"/>
       <c r="F89" s="23"/>
       <c r="G89" s="2"/>
       <c r="H89" s="9"/>
       <c r="I89" s="7"/>
       <c r="J89" s="7"/>
       <c r="K89" s="8"/>
     </row>
     <row r="90" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A90" s="20"/>
       <c r="B90" s="20"/>
       <c r="C90" s="1"/>
       <c r="D90" s="1"/>
       <c r="E90" s="1"/>
       <c r="F90" s="24"/>
       <c r="H90" s="9"/>
       <c r="I90" s="7"/>
       <c r="J90" s="7"/>
       <c r="K90" s="8"/>
     </row>
     <row r="91" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A91" s="20"/>
@@ -3036,283 +3036,283 @@
     </row>
     <row r="94" spans="1:11" x14ac:dyDescent="0.25">
       <c r="H94" s="9"/>
       <c r="I94" s="8"/>
       <c r="J94" s="8"/>
       <c r="K94" s="8"/>
     </row>
     <row r="95" spans="1:11" x14ac:dyDescent="0.25">
       <c r="H95" s="9"/>
       <c r="I95" s="8"/>
       <c r="J95" s="8"/>
       <c r="K95" s="8"/>
     </row>
     <row r="96" spans="1:11" x14ac:dyDescent="0.25">
       <c r="H96" s="5"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
     </row>
     <row r="97" spans="8:10" x14ac:dyDescent="0.25">
       <c r="H97" s="5"/>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="233">
+    <mergeCell ref="A1:A3"/>
+    <mergeCell ref="F1:F3"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="F4:F6"/>
+    <mergeCell ref="A7:A9"/>
+    <mergeCell ref="F7:F9"/>
+    <mergeCell ref="A10:A12"/>
+    <mergeCell ref="A13:A15"/>
+    <mergeCell ref="F13:F15"/>
+    <mergeCell ref="C1:C3"/>
+    <mergeCell ref="D1:D3"/>
+    <mergeCell ref="E1:E3"/>
+    <mergeCell ref="A19:A21"/>
+    <mergeCell ref="F19:F21"/>
+    <mergeCell ref="C19:C21"/>
+    <mergeCell ref="D19:D21"/>
+    <mergeCell ref="E19:E21"/>
+    <mergeCell ref="G19:G21"/>
+    <mergeCell ref="A16:A18"/>
+    <mergeCell ref="F10:F12"/>
+    <mergeCell ref="F16:F18"/>
+    <mergeCell ref="B67:B69"/>
+    <mergeCell ref="B70:B72"/>
+    <mergeCell ref="B73:B75"/>
+    <mergeCell ref="B76:B78"/>
+    <mergeCell ref="A31:A33"/>
+    <mergeCell ref="F22:F24"/>
+    <mergeCell ref="F31:F33"/>
+    <mergeCell ref="A70:A72"/>
+    <mergeCell ref="A73:A75"/>
+    <mergeCell ref="F73:F75"/>
+    <mergeCell ref="F40:F42"/>
+    <mergeCell ref="A37:A39"/>
+    <mergeCell ref="C22:C24"/>
+    <mergeCell ref="D22:D24"/>
+    <mergeCell ref="E22:E24"/>
+    <mergeCell ref="C28:C30"/>
+    <mergeCell ref="D28:D30"/>
+    <mergeCell ref="E28:E30"/>
+    <mergeCell ref="C37:C39"/>
+    <mergeCell ref="D37:D39"/>
+    <mergeCell ref="A22:A24"/>
+    <mergeCell ref="A49:A51"/>
+    <mergeCell ref="F37:F39"/>
+    <mergeCell ref="A34:A36"/>
+    <mergeCell ref="A28:A30"/>
+    <mergeCell ref="F28:F30"/>
+    <mergeCell ref="A25:A27"/>
+    <mergeCell ref="A46:A48"/>
+    <mergeCell ref="F46:F48"/>
+    <mergeCell ref="F34:F36"/>
+    <mergeCell ref="F25:F27"/>
+    <mergeCell ref="A43:A45"/>
+    <mergeCell ref="F43:F45"/>
+    <mergeCell ref="A40:A42"/>
+    <mergeCell ref="E37:E39"/>
+    <mergeCell ref="E40:E42"/>
+    <mergeCell ref="A88:A89"/>
+    <mergeCell ref="F82:F84"/>
+    <mergeCell ref="A52:A54"/>
+    <mergeCell ref="F52:F54"/>
+    <mergeCell ref="A55:A57"/>
+    <mergeCell ref="A58:A60"/>
+    <mergeCell ref="A61:A63"/>
+    <mergeCell ref="F61:F63"/>
+    <mergeCell ref="F55:F57"/>
+    <mergeCell ref="F58:F60"/>
+    <mergeCell ref="A64:A66"/>
+    <mergeCell ref="F64:F66"/>
+    <mergeCell ref="A82:A84"/>
+    <mergeCell ref="A85:A87"/>
+    <mergeCell ref="F85:F87"/>
+    <mergeCell ref="A79:A81"/>
+    <mergeCell ref="F79:F81"/>
+    <mergeCell ref="A76:A78"/>
+    <mergeCell ref="F76:F78"/>
+    <mergeCell ref="F70:F72"/>
+    <mergeCell ref="A67:A69"/>
+    <mergeCell ref="F67:F69"/>
+    <mergeCell ref="E76:E78"/>
+    <mergeCell ref="B64:B66"/>
+    <mergeCell ref="H13:H15"/>
+    <mergeCell ref="G13:G15"/>
+    <mergeCell ref="E13:E15"/>
+    <mergeCell ref="D13:D15"/>
+    <mergeCell ref="C13:C15"/>
+    <mergeCell ref="C10:C12"/>
+    <mergeCell ref="D10:D12"/>
+    <mergeCell ref="E10:E12"/>
+    <mergeCell ref="G10:G12"/>
+    <mergeCell ref="H10:H12"/>
+    <mergeCell ref="C4:C6"/>
+    <mergeCell ref="H7:H9"/>
+    <mergeCell ref="G7:G9"/>
+    <mergeCell ref="E7:E9"/>
+    <mergeCell ref="D7:D9"/>
+    <mergeCell ref="C7:C9"/>
+    <mergeCell ref="H1:H3"/>
+    <mergeCell ref="G1:G3"/>
+    <mergeCell ref="G4:G6"/>
+    <mergeCell ref="D4:D6"/>
+    <mergeCell ref="E4:E6"/>
+    <mergeCell ref="H4:H6"/>
+    <mergeCell ref="H22:H24"/>
+    <mergeCell ref="C25:C27"/>
+    <mergeCell ref="D25:D27"/>
+    <mergeCell ref="E25:E27"/>
+    <mergeCell ref="G25:G27"/>
+    <mergeCell ref="H25:H27"/>
+    <mergeCell ref="H19:H21"/>
+    <mergeCell ref="H16:H18"/>
+    <mergeCell ref="G16:G18"/>
+    <mergeCell ref="E16:E18"/>
+    <mergeCell ref="D16:D18"/>
+    <mergeCell ref="C16:C18"/>
+    <mergeCell ref="G22:G24"/>
+    <mergeCell ref="G37:G39"/>
+    <mergeCell ref="G40:G42"/>
+    <mergeCell ref="H37:H39"/>
+    <mergeCell ref="H40:H42"/>
+    <mergeCell ref="G28:G30"/>
+    <mergeCell ref="H28:H30"/>
+    <mergeCell ref="C31:C33"/>
+    <mergeCell ref="C34:C36"/>
+    <mergeCell ref="D31:D33"/>
+    <mergeCell ref="D34:D36"/>
+    <mergeCell ref="E31:E33"/>
+    <mergeCell ref="E34:E36"/>
+    <mergeCell ref="G31:G33"/>
+    <mergeCell ref="G34:G36"/>
+    <mergeCell ref="H31:H33"/>
+    <mergeCell ref="H34:H36"/>
+    <mergeCell ref="G43:G45"/>
+    <mergeCell ref="H43:H45"/>
+    <mergeCell ref="H46:H48"/>
+    <mergeCell ref="G46:G48"/>
+    <mergeCell ref="E46:E48"/>
+    <mergeCell ref="C43:C45"/>
+    <mergeCell ref="C40:C42"/>
+    <mergeCell ref="D40:D42"/>
+    <mergeCell ref="D43:D45"/>
+    <mergeCell ref="E43:E45"/>
+    <mergeCell ref="H52:H54"/>
+    <mergeCell ref="G52:G54"/>
+    <mergeCell ref="E52:E54"/>
+    <mergeCell ref="D52:D54"/>
+    <mergeCell ref="C52:C54"/>
+    <mergeCell ref="D46:D48"/>
+    <mergeCell ref="C46:C48"/>
+    <mergeCell ref="H49:H51"/>
+    <mergeCell ref="G49:G51"/>
+    <mergeCell ref="E49:E51"/>
+    <mergeCell ref="D49:D51"/>
+    <mergeCell ref="C49:C51"/>
+    <mergeCell ref="F49:F51"/>
+    <mergeCell ref="H58:H60"/>
+    <mergeCell ref="G58:G60"/>
+    <mergeCell ref="E58:E60"/>
+    <mergeCell ref="D58:D60"/>
+    <mergeCell ref="C58:C60"/>
+    <mergeCell ref="H55:H57"/>
+    <mergeCell ref="G55:G57"/>
+    <mergeCell ref="E55:E57"/>
+    <mergeCell ref="D55:D57"/>
+    <mergeCell ref="C55:C57"/>
+    <mergeCell ref="H64:H66"/>
+    <mergeCell ref="G64:G66"/>
+    <mergeCell ref="E64:E66"/>
+    <mergeCell ref="D64:D66"/>
+    <mergeCell ref="C64:C66"/>
+    <mergeCell ref="H61:H63"/>
+    <mergeCell ref="G61:G63"/>
+    <mergeCell ref="E61:E63"/>
+    <mergeCell ref="D61:D63"/>
+    <mergeCell ref="C61:C63"/>
+    <mergeCell ref="C67:C69"/>
+    <mergeCell ref="D70:D72"/>
+    <mergeCell ref="E70:E72"/>
+    <mergeCell ref="C70:C72"/>
+    <mergeCell ref="C73:C75"/>
+    <mergeCell ref="C76:C78"/>
+    <mergeCell ref="C79:C81"/>
+    <mergeCell ref="C82:C84"/>
+    <mergeCell ref="C85:C87"/>
+    <mergeCell ref="D73:D75"/>
+    <mergeCell ref="D76:D78"/>
+    <mergeCell ref="D79:D81"/>
+    <mergeCell ref="D82:D84"/>
+    <mergeCell ref="D85:D87"/>
+    <mergeCell ref="E85:E87"/>
+    <mergeCell ref="E82:E84"/>
+    <mergeCell ref="E79:E81"/>
+    <mergeCell ref="E73:E75"/>
+    <mergeCell ref="G85:G87"/>
+    <mergeCell ref="H85:H87"/>
+    <mergeCell ref="D67:D69"/>
+    <mergeCell ref="E67:E69"/>
+    <mergeCell ref="G76:G78"/>
+    <mergeCell ref="H76:H78"/>
+    <mergeCell ref="G79:G81"/>
+    <mergeCell ref="H79:H81"/>
+    <mergeCell ref="G82:G84"/>
+    <mergeCell ref="H82:H84"/>
+    <mergeCell ref="G67:G69"/>
+    <mergeCell ref="G70:G72"/>
+    <mergeCell ref="H67:H69"/>
+    <mergeCell ref="H70:H72"/>
+    <mergeCell ref="H73:H75"/>
+    <mergeCell ref="G73:G75"/>
     <mergeCell ref="B79:B81"/>
     <mergeCell ref="B82:B84"/>
     <mergeCell ref="B85:B87"/>
     <mergeCell ref="B1:B3"/>
     <mergeCell ref="B40:B42"/>
     <mergeCell ref="B43:B45"/>
     <mergeCell ref="B46:B48"/>
     <mergeCell ref="B49:B51"/>
     <mergeCell ref="B52:B54"/>
     <mergeCell ref="B25:B27"/>
     <mergeCell ref="B28:B30"/>
     <mergeCell ref="B31:B33"/>
     <mergeCell ref="B34:B36"/>
     <mergeCell ref="B37:B39"/>
     <mergeCell ref="B13:B15"/>
     <mergeCell ref="B16:B18"/>
     <mergeCell ref="B19:B21"/>
     <mergeCell ref="B22:B24"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="B7:B9"/>
     <mergeCell ref="B10:B12"/>
     <mergeCell ref="B55:B57"/>
     <mergeCell ref="B61:B63"/>
     <mergeCell ref="B58:B60"/>
-    <mergeCell ref="G85:G87"/>
-[...207 lines deleted...]
-    <mergeCell ref="E1:E3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E4" r:id="rId1"/>
     <hyperlink ref="E7" r:id="rId2"/>
     <hyperlink ref="H7" r:id="rId3"/>
     <hyperlink ref="H4" r:id="rId4"/>
     <hyperlink ref="E10" r:id="rId5"/>
     <hyperlink ref="H10" r:id="rId6"/>
     <hyperlink ref="E13" r:id="rId7"/>
     <hyperlink ref="H13" r:id="rId8"/>
     <hyperlink ref="E16" r:id="rId9"/>
     <hyperlink ref="H16" r:id="rId10"/>
     <hyperlink ref="H19" r:id="rId11"/>
     <hyperlink ref="E19" r:id="rId12"/>
     <hyperlink ref="E70" r:id="rId13"/>
     <hyperlink ref="H70" r:id="rId14"/>
     <hyperlink ref="H73" r:id="rId15"/>
     <hyperlink ref="E76" r:id="rId16"/>
     <hyperlink ref="E67" r:id="rId17"/>
     <hyperlink ref="H67" r:id="rId18"/>
     <hyperlink ref="E79" r:id="rId19"/>
     <hyperlink ref="H79" r:id="rId20"/>
     <hyperlink ref="H76" r:id="rId21"/>
     <hyperlink ref="E73" r:id="rId22"/>
     <hyperlink ref="H22" r:id="rId23"/>